--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -1,3842 +1,2120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="009C2596" w:rsidRDefault="00564293" w:rsidP="00B9651A">
+    <w:p w14:paraId="65161ADB" w14:textId="73859BD4" w:rsidR="00352964" w:rsidRDefault="00263C31" w:rsidP="00263C31">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="cs"/>
+          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>نمرات کوییز از 1</w:t>
+        <w:t xml:space="preserve">امتحان میان </w:t>
       </w:r>
-      <w:r w:rsidR="00B9651A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:hint="cs"/>
+          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>ترم</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="cs"/>
+          <w:rFonts w:cstheme="minorHAnsi" w:hint="cs"/>
           <w:rtl/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> نمره</w:t>
+        <w:t xml:space="preserve"> درس زبان تخصصی</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="3058" w:type="dxa"/>
+        <w:tblW w:w="3200" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1479"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1000"/>
+        <w:gridCol w:w="1443"/>
+        <w:gridCol w:w="960"/>
+        <w:gridCol w:w="960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="7ED2172B" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...16 lines deleted...]
-                <w:color w:val="000000" w:themeColor="text1"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36E7BD98" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="579" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="736135D3" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>mid(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>22)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="735AD609" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>mid(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="0BFA841B" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...74 lines deleted...]
-              <w:t>3.7</w:t>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCFCF38" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40111182001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4D8843" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="587141EA" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="28BB7569" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...80 lines deleted...]
-        <w:bookmarkEnd w:id="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24AAA7F9" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40011182005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41FABCB8" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B26C0B3" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="18856A02" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...75 lines deleted...]
-              <w:t>4.0</w:t>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A940394" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40111182003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5A14B6" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>20.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29D9830E" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="4451E0FE" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...73 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="514091DD" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40111182004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35289B89" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71E39ED9" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>7.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="258164CE" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...75 lines deleted...]
-              <w:t>11.5</w:t>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14315B59" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>9911182015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="448A2E76" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>21.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04254980" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="5B6F9119" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...75 lines deleted...]
-              <w:t>11.4</w:t>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7004FA3D" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40011131203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A00FA56" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6290789A" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="03B36F85" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...73 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="621E4E29" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40111182012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA9722E" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="628E2F24" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="40BC0B62" w14:textId="77777777" w:rsidTr="00263C31">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15C9E2F6" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40111182017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D14C032" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>18.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="201E2D49" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="1C99FABB" w14:textId="77777777" w:rsidTr="00263C31">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="090D7B7B" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40111182018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6546DF18" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>18.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE98B82" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6.7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="605BB22E" w14:textId="77777777" w:rsidTr="00263C31">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A349F30" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40111182019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCBEAAD" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF6BA73" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>7.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="64EF57B7" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...75 lines deleted...]
-              <w:t>3.5</w:t>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38CF77D6" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40111182024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A352084" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>8.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="332D1E47" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="30351049" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...73 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D050416" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40111182038</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="547A9C74" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>14.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED0ED85" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>5.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="044E2346" w14:textId="77777777" w:rsidTr="00263C31">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBE9BDB" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40112182026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="716E0A81" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>18.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2595F113" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
               </w:rPr>
               <w:t>6.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="6FDC1A98" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...75 lines deleted...]
-              <w:t>5.9</w:t>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44ABDED7" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40111182054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1090B09B" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19D3DD43" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="06BEE3AD" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...75 lines deleted...]
-              <w:t>7.9</w:t>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69F52F74" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40011182040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E2A6741" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>6.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC81AF4" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="3E0C8F8A" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...75 lines deleted...]
-              <w:t>5.6</w:t>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64311FF0" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40112182032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA32DF4" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E26B578" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B9651A" w:rsidRPr="00AA5B83" w:rsidTr="00E877A6">
+      <w:tr w:rsidR="00263C31" w:rsidRPr="00263C31" w14:paraId="64B4795F" w14:textId="77777777" w:rsidTr="00263C31">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="288"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...2512 lines deleted...]
-              <w:t>11.0</w:t>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02EB7DE6" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>40011182047</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F498F16" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>20.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6403111D" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00263C31">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>7.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00564293" w:rsidRDefault="00564293">
+    <w:p w14:paraId="67B80681" w14:textId="77777777" w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidRDefault="00263C31" w:rsidP="00263C31">
       <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rtl/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:bidi="fa-IR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00564293">
-[...2 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="00263C31" w:rsidRPr="00263C31" w:rsidSect="006E2FD5">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:bidi/>
+      <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0000AFF" w:usb1="00007843" w:usb2="00000001" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00564293"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E877A6"/>
+    <w:rsidRoot w:val="00115D43"/>
+    <w:rsid w:val="00115D43"/>
+    <w:rsid w:val="00263C31"/>
+    <w:rsid w:val="00352964"/>
+    <w:rsid w:val="005E7A5A"/>
+    <w:rsid w:val="006E2FD5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val="/"/>
+  <w:listSeparator w:val="؛"/>
+  <w14:docId w14:val="34900AA7"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{A6532A29-C0B9-4792-9FCC-A472FE4D3F7D}"/>
+  <w15:docId w15:val="{A7C95677-8DE7-44C3-BF55-8B2F8E6748CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4164,300 +2442,264 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:bidi/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="13188007">
-[...77 lines deleted...]
-    <w:div w:id="1791510681">
+    <w:div w:id="1797917386">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -4566,72 +2808,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>627</Characters>
+  <Pages>1</Pages>
+  <Words>60</Words>
+  <Characters>344</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>735</CharactersWithSpaces>
+  <CharactersWithSpaces>403</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Asus</dc:creator>
+  <dc:creator>IT_SemnanUni</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>5e433434-5f8e-46ee-b568-6584f3ed8e52</vt:lpwstr>
+  </property>
+</Properties>
+</file>